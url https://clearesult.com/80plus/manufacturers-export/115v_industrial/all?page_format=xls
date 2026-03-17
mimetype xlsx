--- v0 (2026-01-23)
+++ v1 (2026-03-17)
@@ -12,101 +12,113 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Data Export 115V Industrial" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="81">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="85">
   <si>
     <t>Manufacturer</t>
   </si>
   <si>
     <t>Model #</t>
   </si>
   <si>
     <t>Form Factor</t>
   </si>
   <si>
     <t>ATX Compliant</t>
   </si>
   <si>
     <t>Voltage</t>
   </si>
   <si>
     <t>Wattage</t>
   </si>
   <si>
     <t>Certified Date</t>
   </si>
   <si>
     <t>0% No Load</t>
   </si>
   <si>
     <t>2%</t>
   </si>
   <si>
     <t>5%</t>
   </si>
   <si>
     <t>10%</t>
   </si>
   <si>
     <t>20%</t>
   </si>
   <si>
+    <t>25%</t>
+  </si>
+  <si>
     <t>50%</t>
   </si>
   <si>
     <t>100%</t>
   </si>
   <si>
+    <t>PF 0%</t>
+  </si>
+  <si>
+    <t>PF 2%</t>
+  </si>
+  <si>
     <t>PF 5%</t>
   </si>
   <si>
     <t>PF 10%</t>
   </si>
   <si>
     <t>PF 20%</t>
+  </si>
+  <si>
+    <t>PF 25%</t>
   </si>
   <si>
     <t>PF 50%</t>
   </si>
   <si>
     <t>PF 100%</t>
   </si>
   <si>
     <t>Rating</t>
   </si>
   <si>
     <t>Cooler Master</t>
   </si>
   <si>
     <t>MPE-6502-ACAAG</t>
   </si>
   <si>
     <t>ATX12V</t>
   </si>
   <si>
     <t>_</t>
   </si>
   <si>
     <t>115V Industrial</t>
   </si>
@@ -602,81 +614,85 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:T9"/>
+  <dimension ref="A1:X9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="6.998" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="8.141" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="8.141" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="14" max="14" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="8.141" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="8.141" bestFit="true" customWidth="true" style="0"/>
-[...3 lines deleted...]
-    <col min="20" max="20" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="6.998" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="6.998" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="6.998" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="21" max="21" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="23" max="23" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="10.569" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:20">
+    <row r="1" spans="1:24">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
@@ -693,487 +709,525 @@
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
       <c r="O1" t="s">
         <v>14</v>
       </c>
       <c r="P1" t="s">
         <v>15</v>
       </c>
       <c r="Q1" t="s">
         <v>16</v>
       </c>
       <c r="R1" t="s">
         <v>17</v>
       </c>
       <c r="S1" t="s">
         <v>18</v>
       </c>
       <c r="T1" t="s">
         <v>19</v>
       </c>
+      <c r="U1" t="s">
+        <v>20</v>
+      </c>
+      <c r="V1" t="s">
+        <v>21</v>
+      </c>
+      <c r="W1" t="s">
+        <v>22</v>
+      </c>
+      <c r="X1" t="s">
+        <v>23</v>
+      </c>
     </row>
-    <row r="2" spans="1:20">
+    <row r="2" spans="1:24">
       <c r="A2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="B2" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="C2" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="D2" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="E2" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="F2">
         <v>650</v>
       </c>
       <c r="G2" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="H2"/>
       <c r="I2"/>
-      <c r="J2">
-[...1 lines deleted...]
-      </c>
+      <c r="J2"/>
       <c r="K2" t="s">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="L2" t="s">
+        <v>30</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>31</v>
+      </c>
+      <c r="N2" t="s">
+        <v>32</v>
+      </c>
+      <c r="O2" t="s">
+        <v>33</v>
+      </c>
+      <c r="P2"/>
+      <c r="Q2"/>
+      <c r="R2"/>
+      <c r="S2">
+        <v>0.9195</v>
+      </c>
+      <c r="T2"/>
+      <c r="U2">
+        <v>0.968</v>
+      </c>
+      <c r="V2">
+        <v>0.9857</v>
+      </c>
+      <c r="W2">
+        <v>0.9906</v>
+      </c>
+      <c r="X2" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="3" spans="1:24">
+      <c r="A3" t="s">
+        <v>35</v>
+      </c>
+      <c r="B3" t="s">
+        <v>36</v>
+      </c>
+      <c r="C3" t="s">
+        <v>37</v>
+      </c>
+      <c r="D3" t="s">
         <v>27</v>
       </c>
-      <c r="M2" t="s">
+      <c r="E3" t="s">
         <v>28</v>
-      </c>
-[...36 lines deleted...]
-        <v>24</v>
       </c>
       <c r="F3">
         <v>200</v>
       </c>
       <c r="G3" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="H3"/>
       <c r="I3"/>
       <c r="J3"/>
       <c r="K3" t="s">
+        <v>39</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>40</v>
+      </c>
+      <c r="N3" t="s">
+        <v>41</v>
+      </c>
+      <c r="O3" t="s">
+        <v>42</v>
+      </c>
+      <c r="P3"/>
+      <c r="Q3"/>
+      <c r="R3"/>
+      <c r="S3">
+        <v>0.9135</v>
+      </c>
+      <c r="T3"/>
+      <c r="U3">
+        <v>0.9582</v>
+      </c>
+      <c r="V3">
+        <v>0.9773</v>
+      </c>
+      <c r="W3">
+        <v>0.9872</v>
+      </c>
+      <c r="X3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:24">
+      <c r="A4" t="s">
         <v>35</v>
       </c>
-      <c r="L3" t="s">
-[...2 lines deleted...]
-      <c r="M3" t="s">
+      <c r="B4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C4" t="s">
         <v>37</v>
       </c>
-      <c r="N3" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="D4" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="E4" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="F4">
         <v>200</v>
       </c>
       <c r="G4" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="H4"/>
       <c r="I4"/>
       <c r="J4"/>
       <c r="K4" t="s">
-        <v>41</v>
-[...3 lines deleted...]
-      </c>
+        <v>45</v>
+      </c>
+      <c r="L4"/>
       <c r="M4" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="N4" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-      <c r="P4">
+        <v>47</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4"/>
+      <c r="Q4"/>
+      <c r="R4"/>
+      <c r="S4">
         <v>0.9166</v>
       </c>
-      <c r="Q4">
+      <c r="T4"/>
+      <c r="U4">
         <v>0.9816</v>
       </c>
-      <c r="R4">
+      <c r="V4">
         <v>0.9937</v>
       </c>
-      <c r="S4">
+      <c r="W4">
         <v>0.9976</v>
       </c>
-      <c r="T4" t="s">
-        <v>30</v>
+      <c r="X4" t="s">
+        <v>34</v>
       </c>
     </row>
-    <row r="5" spans="1:20">
+    <row r="5" spans="1:24">
       <c r="A5" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="B5" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="C5" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="D5" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="E5" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="F5">
         <v>480</v>
       </c>
       <c r="G5" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="H5"/>
       <c r="I5"/>
       <c r="J5"/>
       <c r="K5" t="s">
+        <v>53</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>54</v>
+      </c>
+      <c r="N5" t="s">
+        <v>55</v>
+      </c>
+      <c r="O5" t="s">
+        <v>56</v>
+      </c>
+      <c r="P5"/>
+      <c r="Q5"/>
+      <c r="R5"/>
+      <c r="S5">
+        <v>0.9518</v>
+      </c>
+      <c r="T5"/>
+      <c r="U5">
+        <v>0.9917</v>
+      </c>
+      <c r="V5">
+        <v>0.9967</v>
+      </c>
+      <c r="W5">
+        <v>0.9963</v>
+      </c>
+      <c r="X5" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="6" spans="1:24">
+      <c r="A6" t="s">
         <v>49</v>
       </c>
-      <c r="L5" t="s">
-[...2 lines deleted...]
-      <c r="M5" t="s">
+      <c r="B6" t="s">
+        <v>58</v>
+      </c>
+      <c r="C6" t="s">
         <v>51</v>
       </c>
-      <c r="N5" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="D6" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="E6" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="F6">
         <v>480</v>
       </c>
       <c r="G6" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="H6"/>
       <c r="I6"/>
       <c r="J6"/>
       <c r="K6" t="s">
-        <v>55</v>
-[...3 lines deleted...]
-      </c>
+        <v>59</v>
+      </c>
+      <c r="L6"/>
       <c r="M6" t="s">
+        <v>60</v>
+      </c>
+      <c r="N6" t="s">
+        <v>61</v>
+      </c>
+      <c r="O6" t="s">
+        <v>62</v>
+      </c>
+      <c r="P6"/>
+      <c r="Q6"/>
+      <c r="R6"/>
+      <c r="S6">
+        <v>0.9524</v>
+      </c>
+      <c r="T6"/>
+      <c r="U6">
+        <v>0.9929</v>
+      </c>
+      <c r="V6">
+        <v>0.997</v>
+      </c>
+      <c r="W6">
+        <v>0.9967</v>
+      </c>
+      <c r="X6" t="s">
         <v>57</v>
       </c>
-      <c r="N6" t="s">
-[...17 lines deleted...]
-      </c>
     </row>
-    <row r="7" spans="1:20">
+    <row r="7" spans="1:24">
       <c r="A7" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="B7" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="C7" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="D7" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="E7" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="F7">
         <v>1500</v>
       </c>
       <c r="G7" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="H7"/>
       <c r="I7"/>
       <c r="J7"/>
       <c r="K7" t="s">
+        <v>67</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>68</v>
+      </c>
+      <c r="N7" t="s">
+        <v>69</v>
+      </c>
+      <c r="O7" t="s">
+        <v>70</v>
+      </c>
+      <c r="P7"/>
+      <c r="Q7"/>
+      <c r="R7"/>
+      <c r="S7">
+        <v>0.9822</v>
+      </c>
+      <c r="T7"/>
+      <c r="U7">
+        <v>0.9944</v>
+      </c>
+      <c r="V7">
+        <v>0.997</v>
+      </c>
+      <c r="W7">
+        <v>0.992</v>
+      </c>
+      <c r="X7" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="8" spans="1:24">
+      <c r="A8" t="s">
         <v>63</v>
       </c>
-      <c r="L7" t="s">
-[...2 lines deleted...]
-      <c r="M7" t="s">
+      <c r="B8" t="s">
+        <v>72</v>
+      </c>
+      <c r="C8" t="s">
         <v>65</v>
       </c>
-      <c r="N7" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="D8" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="E8" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="F8">
         <v>650</v>
       </c>
       <c r="G8" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="H8"/>
       <c r="I8"/>
       <c r="J8"/>
       <c r="K8" t="s">
-        <v>70</v>
-[...3 lines deleted...]
-      </c>
+        <v>74</v>
+      </c>
+      <c r="L8"/>
       <c r="M8" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="N8" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-      <c r="P8">
+        <v>76</v>
+      </c>
+      <c r="O8" t="s">
+        <v>77</v>
+      </c>
+      <c r="P8"/>
+      <c r="Q8"/>
+      <c r="R8"/>
+      <c r="S8">
         <v>0.7428</v>
       </c>
-      <c r="Q8">
+      <c r="T8"/>
+      <c r="U8">
         <v>0.9823</v>
       </c>
-      <c r="R8">
+      <c r="V8">
         <v>0.9938</v>
       </c>
-      <c r="S8">
+      <c r="W8">
         <v>0.996</v>
       </c>
-      <c r="T8" t="s">
-        <v>53</v>
+      <c r="X8" t="s">
+        <v>57</v>
       </c>
     </row>
-    <row r="9" spans="1:20">
+    <row r="9" spans="1:24">
       <c r="A9" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="B9" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="C9" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="D9" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="E9" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="F9">
         <v>480</v>
       </c>
       <c r="G9" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="H9"/>
       <c r="I9"/>
       <c r="J9"/>
       <c r="K9" t="s">
-        <v>77</v>
-[...3 lines deleted...]
-      </c>
+        <v>81</v>
+      </c>
+      <c r="L9"/>
       <c r="M9" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="N9" t="s">
-        <v>80</v>
-[...2 lines deleted...]
-      <c r="P9">
+        <v>83</v>
+      </c>
+      <c r="O9" t="s">
+        <v>84</v>
+      </c>
+      <c r="P9"/>
+      <c r="Q9"/>
+      <c r="R9"/>
+      <c r="S9">
         <v>0.8309</v>
       </c>
-      <c r="Q9">
+      <c r="T9"/>
+      <c r="U9">
         <v>0.9588</v>
       </c>
-      <c r="R9">
+      <c r="V9">
         <v>0.9886</v>
       </c>
-      <c r="S9">
+      <c r="W9">
         <v>0.9956</v>
       </c>
-      <c r="T9" t="s">
-        <v>67</v>
+      <c r="X9" t="s">
+        <v>71</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">